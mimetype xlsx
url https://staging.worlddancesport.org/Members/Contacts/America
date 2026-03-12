--- v0 (2025-12-18)
+++ v1 (2026-03-12)
@@ -146,51 +146,51 @@
 Pickering, Ontario    L1X 1B6
 Canada</t>
   </si>
   <si>
     <t>http://www.dancesport.ca</t>
   </si>
   <si>
     <t>cadapresident@rogers.com;dancesportbc@shaw.ca</t>
   </si>
   <si>
     <t xml:space="preserve">Conselho Nacional de Dança Desportiva </t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t xml:space="preserve">Avenida Paulista, 2202 – 6º andar
 01310-932 - São Paulo
 Bela Vista São Paulo
 Brazil</t>
   </si>
   <si>
     <t>www.cndd.org.br</t>
   </si>
   <si>
-    <t>cndd@cndd.org.br;fabgirl.artsport@gmail.com;estelascperez@gmail.com</t>
+    <t>cndd@cndd.org.br;estelascperez@gmail.com</t>
   </si>
   <si>
     <t>Federación Colombiana de Baile Deportivo</t>
   </si>
   <si>
     <t>Colombia</t>
   </si>
   <si>
     <t xml:space="preserve">Estadio Pascual Guerrero Entrada Maraton Sur
 Mesanine Baile Deportivo
 Calle 5B3 Carrera 36
 760001 - Cali
 Colombia</t>
   </si>
   <si>
     <t xml:space="preserve">fedecolbaile@gmail.com </t>
   </si>
   <si>
     <t>+57 2 5575305</t>
   </si>
   <si>
     <t>Federacion Deportiva Nacional de Baile Deportivo</t>
   </si>
   <si>
     <t>Chile</t>
@@ -321,51 +321,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr ">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>